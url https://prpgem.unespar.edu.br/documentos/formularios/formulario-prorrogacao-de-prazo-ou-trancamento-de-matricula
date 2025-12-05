--- v0 (2025-11-05)
+++ v1 (2025-12-05)
@@ -32,51 +32,50 @@
   <w:body>
     <w:p w14:paraId="59EF2F24">
       <w:pPr>
         <w:pStyle w:val="13"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="4"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10207"/>
       </w:tblGrid>
       <w:tr w14:paraId="6CC51089">
         <w:tblPrEx>
-          <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="70" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="539" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w14:paraId="47F067A5">
             <w:pPr>
               <w:pStyle w:val="2"/>
@@ -224,52 +223,50 @@
               <w:kinsoku/>
               <w:wordWrap/>
               <w:overflowPunct/>
               <w:topLinePunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:bidi w:val="0"/>
               <w:adjustRightInd/>
               <w:spacing w:before="10" w:after="120" w:line="260" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nome do Discente:</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52639721">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
               <w:kinsoku/>
               <w:wordWrap/>
               <w:overflowPunct/>
               <w:topLinePunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
@@ -443,63 +440,74 @@
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="55" w:type="dxa"/>
             <w:left w:w="55" w:type="dxa"/>
             <w:bottom w:w="55" w:type="dxa"/>
             <w:right w:w="55" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FAF3F3F">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2. DO PEDIDO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="5A024994">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="70" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:tcBorders>
@@ -568,51 +576,51 @@
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5153C8A8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Período em meses*:</w:t>
+              <w:t>Período em meses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="65869885">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
             <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
             <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="70" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1023" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -708,69 +716,81 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>onforme regulamento do Programa</w:t>
+        <w:t xml:space="preserve">onforme </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> até 6 meses para defesa e qualificação e 12 meses para trancamento de matrícula.</w:t>
+        <w:t>egulamento do Programa</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC0B9EA">
+      <w:pPr>
+        <w:ind w:left="-851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="4"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5452"/>
         <w:gridCol w:w="4755"/>
       </w:tblGrid>
       <w:tr w14:paraId="4FEE2DFF">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="55" w:type="dxa"/>
             <w:left w:w="55" w:type="dxa"/>
             <w:bottom w:w="55" w:type="dxa"/>
             <w:right w:w="55" w:type="dxa"/>
@@ -1269,63 +1289,58 @@
               </w:rPr>
               <w:t xml:space="preserve">Ata: _____/__________. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CB2174E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Data: _____/_____/_______.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4436405D">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="70501217">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId5" w:type="default"/>
       <w:footerReference r:id="rId6" w:type="default"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1808" w:right="965" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -1900,50 +1915,51 @@
     <w:rsid w:val="00C74D7E"/>
     <w:rsid w:val="00CB3625"/>
     <w:rsid w:val="00D04979"/>
     <w:rsid w:val="00D05DA1"/>
     <w:rsid w:val="00D1291D"/>
     <w:rsid w:val="00D33E3C"/>
     <w:rsid w:val="00DA40B3"/>
     <w:rsid w:val="00DA5EA7"/>
     <w:rsid w:val="00DC7E60"/>
     <w:rsid w:val="00DE01DA"/>
     <w:rsid w:val="00DE4CE9"/>
     <w:rsid w:val="00DF5D56"/>
     <w:rsid w:val="00E066EF"/>
     <w:rsid w:val="00E41CE3"/>
     <w:rsid w:val="00E46CCF"/>
     <w:rsid w:val="00E6171B"/>
     <w:rsid w:val="00E7193E"/>
     <w:rsid w:val="00E82810"/>
     <w:rsid w:val="00ED4AA2"/>
     <w:rsid w:val="00F147C3"/>
     <w:rsid w:val="00F14E7A"/>
     <w:rsid w:val="00F702E3"/>
     <w:rsid w:val="00F706EF"/>
     <w:rsid w:val="00F96739"/>
     <w:rsid w:val="436B2894"/>
+    <w:rsid w:val="56264217"/>
     <w:rsid w:val="5E2E7A84"/>
     <w:rsid w:val="5E471408"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -1962,51 +1978,51 @@
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
     <w:lsdException w:uiPriority="99" w:name="index 1"/>
     <w:lsdException w:uiPriority="99" w:name="index 2"/>
     <w:lsdException w:uiPriority="99" w:name="index 3"/>
     <w:lsdException w:uiPriority="99" w:name="index 4"/>
     <w:lsdException w:uiPriority="99" w:name="index 5"/>
     <w:lsdException w:uiPriority="99" w:name="index 6"/>
     <w:lsdException w:uiPriority="99" w:name="index 7"/>
     <w:lsdException w:uiPriority="99" w:name="index 8"/>
     <w:lsdException w:uiPriority="99" w:name="index 9"/>
     <w:lsdException w:uiPriority="39" w:name="toc 1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 2"/>
     <w:lsdException w:uiPriority="39" w:name="toc 3"/>
     <w:lsdException w:uiPriority="39" w:name="toc 4"/>
     <w:lsdException w:uiPriority="39" w:name="toc 5"/>
     <w:lsdException w:uiPriority="39" w:name="toc 6"/>
     <w:lsdException w:uiPriority="39" w:name="toc 7"/>
     <w:lsdException w:uiPriority="39" w:name="toc 8"/>
     <w:lsdException w:uiPriority="39" w:name="toc 9"/>
     <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
     <w:lsdException w:uiPriority="99" w:name="footnote text"/>
-    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
     <w:lsdException w:uiPriority="99" w:name="index heading"/>
     <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
     <w:lsdException w:uiPriority="99" w:name="table of figures"/>
     <w:lsdException w:uiPriority="99" w:name="envelope address"/>
     <w:lsdException w:uiPriority="99" w:name="envelope return"/>
     <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation reference"/>
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
@@ -2173,50 +2189,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="3"/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="17"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="header"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="14"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">